--- v0 (2026-01-22)
+++ v1 (2026-03-09)
@@ -34,99 +34,95 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Revue - Vie Communale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Source - Jurisprudence</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dans les communes de 1 000 habitants et plus, les adjoints au maire doivent être élus au scrutin de liste dans le strict respect de l’alternance entre les sexes (</w:t>
+        <w:t xml:space="preserve">Dans toutes les communes, les adjoints au maire doivent être élus au scrutin de liste dans le strict respect de l’alternance entre les sexes (</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">art. L 2122-7-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> du CGCT). Toute méconnaissance de cette parité entraîne l’annulation de l’élection de l’ensemble des adjoints, même pour les candidats dont la place respecte cette alternance.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">En l'espèce, dans une commune de 1 000 habitants et plus, le conseil municipal a élu 4 adjoints, dont 3 femmes et un homme, sans respecter l’alternance stricte homme-femme exigée par la loi. Le préfet ayant déféré cette élection, le tribunal constate la violation de la règle de parité imposée pour les communes de 1 000 habitants et plus. En conséquence, l’élection de l’ensemble des adjoints est annulée (TA Toulouse, 30 septembre 2025, n° 2505384).</w:t>
+        <w:t xml:space="preserve">En l'espèce, le conseil municipal a élu 4 adjoints, dont 3 femmes et un homme, sans respecter l’alternance stricte homme-femme exigée par la loi. Le préfet ayant déféré cette élection, le tribunal constate la violation de la règle de parité imposée pour les communes de 1 000 habitants et plus. En conséquence, l’élection de l’ensemble des adjoints est annulée (TA Toulouse, 30 septembre 2025, n° 2505384).</w:t>
       </w:r>
       <w:br/>
-      <w:r>
-[...2 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NDLR :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à compter de mars 2026, la parité pour les adjoints s'appliquera à toutes les communes. </w:t>
+        <w:t xml:space="preserve"> à compter de mars 2026, la parité pour les adjoints s'applique à toutes les communes. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">