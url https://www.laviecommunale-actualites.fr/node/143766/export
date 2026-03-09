--- v0 (2026-01-22)
+++ v1 (2026-03-09)
@@ -34,68 +34,79 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Revue - Marchés Publics</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Source - Jurisprudence</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> La collectivité qui constate qu'une offre paraît anormalement basse doit demander au candidat de fournir des précisions et justifications de nature à expliquer le prix proposé, sans être tenu de poser des questions spécifiques. En l’espèce le montant de l'offre en cause était inférieur de 33,16 % au montant moyen des offres. Au vu de cette différence, c'est à juste titre que le pouvoir adjudicateur a estimé que l'offre de la société semblait anormalement basse. La demande de précisions et justifications n'ayant pas à comporter l'énoncé de questions spécifiques, la société appelante n'est pas fondée à soutenir qu'en sollicitant « toutes précisions et justifications concernant les prix de [son] offre », la collectivité a été trop imprécise et n'a pas procédé à une analyse réelle et sérieuse de son offre (CAA Marseille, 14 novembre 2022, </w:t>
+        <w:t xml:space="preserve">La collectivité qui constate qu'une offre paraît anormalement basse doit demander au candidat de fournir des précisions et justifications de nature à expliquer le prix proposé, sans être tenu de poser des questions spécifiques. En l’espèce le montant de l'offre en cause était inférieur de 33,16 % au montant moyen des offres. Au vu de cette différence, c'est à juste titre que le pouvoir adjudicateur a estimé que l'offre de la société semblait anormalement basse. La demande de précisions et justifications n'ayant pas à comporter l'énoncé de questions spécifiques, la société appelante n'est pas fondée à soutenir qu'en sollicitant « toutes précisions et justifications concernant les prix de [son] offre », la collectivité a été trop imprécise et n'a pas procédé à une analyse réelle et sérieuse de son offre.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">SARL Groupe Chailan</w:t>
+        <w:t xml:space="preserve">CAA Marseille, 14 novembre 2022, </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr/>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr/>
+          <w:t xml:space="preserve">SARL Groupe Chailan</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
-        <w:rPr/>
-        <w:t xml:space="preserve">, n° 20MA00272).</w:t>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, n° 20MA00272</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -129,51 +140,203 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="DC17EE3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -251,51 +414,51 @@
     <w:link w:val="Heading3Char"/>
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/ceta/id/CETATEXT000046565064" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>