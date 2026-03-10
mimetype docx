--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -34,84 +34,113 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Revue - Fonction Publique Territoriale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Source - Jurisprudence</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Les fonctionnaires de l'Etat placés en congé de longue maladie ou de longue durée n'ont pas droit au maintien des indemnités attachées à l'exercice des fonctions, au nombre desquelles figure l'IFSE et le CIA. Par suite, et conformément au principe de parité entre les agents relevant des différentes fonctions publiques dont s'inspire l'article 88 de la loi du 26 janvier 1984 (NDLR : désormais </w:t>
+        <w:t xml:space="preserve">Depuis le 1er septembre 2024, en cas de congé de longue maladie (CLM) ou de congé de grave maladie (CGM), les agents publics d’Etat bénéficient du maintien de l’IFSE :</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...8 lines deleted...]
-      <w:pPr/>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> du code général de la fonction publique), la délibération contestée ne pouvait pas prévoir le maintien de plein droit de l'IFSE et du CIA institués au profit des agents de cette collectivité en cas de congé de longue durée ou de longue maladie (CAA Nantes, 12 avril 2022, </w:t>
+        <w:t xml:space="preserve">à hauteur de 33 % la 1ère année ;</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">préfet de la Sarthe</w:t>
+        <w:rPr/>
+        <w:t xml:space="preserve">et de 60 % les 2ème et 3ème années.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">, n° 21NT02956).</w:t>
+        <w:t xml:space="preserve">Dès lors, en application du principe de parité, les collectivités territoriales, disposant d’une délibération excluant le maintien de l’IFSE durant une période de CLM ou de CGM, peuvent donc désormais délibérer en vue de maintenir l’IFSE durant une période de CLM ou de CGM :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">soit dans les mêmes conditions que celles applicables aux agents publics d’Etat ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">soit en définissant des modalités de maintien de l’IFSE moins favorables que celles applicables aux agents publics d’Etat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">S’agissant des collectivités territoriales disposant d’une délibération fixant les modalités de maintien de l’IFSE « selon les modalités définies par le décret n° 2010-997 du 26 août 2010 relatif au régime de maintien des primes et indemnités des agents publics de l’Etat et des magistrats de l’ordre judiciaire dans certaines situations de congés » doivent donc appliquer cette réforme au 1er septembre 2024, sans qu’il soit nécessaire de re-délibérer.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -145,51 +174,354 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="92416E33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="86520D1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -267,51 +599,51 @@
     <w:link w:val="Heading3Char"/>
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000046195735" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>